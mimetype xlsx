--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ae77b3327c4ad2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcccdf7321ab455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bd85ff57f834317"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9708644ad08e4142"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bb1645e104842c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bd85ff57f834317" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f1b22d645c445bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9708644ad08e4142" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Amundi MSCI World II UCITS ETF EUR Hedged Dist</x:t>
+          <x:t>Amundi MSCI World Swap II UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011660927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>235,660</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>