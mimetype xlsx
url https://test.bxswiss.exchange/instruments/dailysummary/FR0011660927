--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcccdf7321ab455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66b1760e75d94ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9708644ad08e4142"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85aa18a701ae4506"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f1b22d645c445bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9708644ad08e4142" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R508d920a117b4ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85aa18a701ae4506" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI World Swap II UCITS ETF EUR Hedged Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011660927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>