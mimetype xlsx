--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b8ad4e2742d4f27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb67f8ab8cc6a4e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26eec1141afe480a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5751fffbe04446f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref989c092c3241ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26eec1141afe480a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3bff596fbc747c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5751fffbe04446f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011720911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>148,097</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>