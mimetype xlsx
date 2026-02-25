--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb67f8ab8cc6a4e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c96f34a06684fba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5751fffbe04446f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec3e059566a04452"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3bff596fbc747c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5751fffbe04446f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R963745bff33f460b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec3e059566a04452" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi MSCI China A UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FR0011720911</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>