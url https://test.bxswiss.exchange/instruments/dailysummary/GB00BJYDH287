--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb22f07ed2ad445f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d719e9776f48d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf827611a66ea48a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2669e036dffe4591"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75d7ce734e414dc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf827611a66ea48a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra50e8bbe13704126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2669e036dffe4591" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>WisdomTree Bitcoin ETP</x:t>
+          <x:t>WisdomTree Physical Bitcoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BJYDH287</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>22,447</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>