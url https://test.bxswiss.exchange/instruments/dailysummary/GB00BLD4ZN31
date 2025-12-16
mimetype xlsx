--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb96f803d96ca4ba0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45af2443ef9f41af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff5aea266e24516"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3519fb6eb024ee3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1f38278f5d64fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff5aea266e24516" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R245a762736154faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3519fb6eb024ee3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical XRP ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZN31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>87,905</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>