--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b2449cd9424675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree0800075eb24bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R205bfe32f9d24bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7018def8544297"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9c1d664d81444f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R205bfe32f9d24bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra794901f2ff34a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7018def8544297" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZP54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>15,504</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>