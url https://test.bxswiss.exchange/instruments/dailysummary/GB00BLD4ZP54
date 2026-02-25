--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree0800075eb24bda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25cc7cdb5bd04c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e7018def8544297"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b9a01cf0e404fa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra794901f2ff34a39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e7018def8544297" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1486b9392d8a49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b9a01cf0e404fa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Litecoin ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BLD4ZP54</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...436 lines deleted...]
-          <x:t>12,519</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,141</x:t>
-[...139 lines deleted...]
-          <x:t>12,067</x:t>
+          <x:t>12,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>