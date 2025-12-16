--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R327278f334234bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933d3c95301644d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb96d088f68254f86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3644ef54567e4dbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5476d6035c794c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb96d088f68254f86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5874c31ee2964429" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3644ef54567e4dbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Physical Crypto Altcoins ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BMTP1519</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>4,715</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>