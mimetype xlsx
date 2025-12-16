--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31082a3355624e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c465aa704340ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c5e6692ec54c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f603ef1aa34e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R142ceafea9aa453e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c5e6692ec54c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c1b09ed11634277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f603ef1aa34e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>WisdomTree Issuer X Ltd. ETP 22(unlim.) Solana</x:t>
+          <x:t>WisdomTree Physical Solana ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNGJ9G01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>24,002</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>