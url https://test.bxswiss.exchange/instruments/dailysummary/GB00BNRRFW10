--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0408d5735047b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194c77e043404d1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2c2ce38c524b38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b8c94d96a1145de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5fc0bf022f74114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2c2ce38c524b38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd23952b6d6aa4c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b8c94d96a1145de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CoinShares Physical Staked Polkadot ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GB00BNRRFW10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,891</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>