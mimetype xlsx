--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ba5e4cd891475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65039c74c754f89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1605a77354a74d59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c87c8b2a14143b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5c77c0f2f75420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1605a77354a74d59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46a21d251e6a47b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c87c8b2a14143b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global High Yield Corporate Bond ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001VDDL68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,631</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,639</x:t>
-[...38 lines deleted...]
-          <x:t>5,660</x:t>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,629</x:t>
-[...205 lines deleted...]
-          <x:t>5,634</x:t>
+          <x:t>5,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,634</x:t>
-[...124 lines deleted...]
-          <x:t>5,645</x:t>
+          <x:t>5,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,634</x:t>
-[...193 lines deleted...]
-          <x:t>5,659</x:t>
+          <x:t>5,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>