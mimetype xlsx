--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re65039c74c754f89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R402b6a7b604a476f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c87c8b2a14143b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a9ef29a33724b1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46a21d251e6a47b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c87c8b2a14143b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra969492ebf384bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a9ef29a33724b1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global High Yield Corporate Bond ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0001VDDL68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>5,594</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,584</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>5,670</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>5,657</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,646</x:t>
-[...43 lines deleted...]
-          <x:t>5,712</x:t>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,744</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>5,719</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,712</x:t>
-[...178 lines deleted...]
-          <x:t>5,724</x:t>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,717</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>5,750</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>5,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>