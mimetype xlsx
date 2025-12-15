--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac866dbcaa94029" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff7c0c795d0a41f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18b249bee8cb4398"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13c4a0edf8ac432b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f11e137a93460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18b249bee8cb4398" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e84a1dbb7cc47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13c4a0edf8ac432b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Hydrogen UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002RPS3K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>6,850</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,529</x:t>
-[...161 lines deleted...]
-          <x:t>6,440</x:t>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>