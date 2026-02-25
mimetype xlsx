--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff7c0c795d0a41f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ece3b4a431a4d92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13c4a0edf8ac432b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933499a871ac4ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e84a1dbb7cc47a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13c4a0edf8ac432b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa3792b29834ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933499a871ac4ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Hydrogen UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0002RPS3K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>6,463</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>