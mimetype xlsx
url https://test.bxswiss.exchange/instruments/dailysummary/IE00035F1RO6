--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77662a5628a24e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b79863f6f904371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R039d7e2060564945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55869de92769450d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d6c3b9a26946a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R039d7e2060564945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc30f896940c548eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55869de92769450d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity USA UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00035F1RO6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>9,441</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,437</x:t>
-[...4 lines deleted...]
-          <x:t>9,627</x:t>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>