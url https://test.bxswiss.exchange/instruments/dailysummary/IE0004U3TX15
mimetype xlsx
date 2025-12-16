--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red4778bbaf4e4770" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ad8e5fc4c445f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c8085c54c54c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ecd4e3d7ab4b45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff2319b04b541ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c8085c54c54c11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0303757198b4535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ecd4e3d7ab4b45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Metaverse ESG Exclusions UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0004U3TX15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>18,078</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,523</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>18,806</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>