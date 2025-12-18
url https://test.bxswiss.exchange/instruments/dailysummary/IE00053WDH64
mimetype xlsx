--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R536dd7e1b0cd4c3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R780484c798534ec2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26a321b937db4d35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c0f28e9bda429b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8af53e1e50654cb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26a321b937db4d35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d2242ab68b4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c0f28e9bda429b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00053WDH64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3,047</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>