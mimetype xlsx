--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R780484c798534ec2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3ee7f9280b746f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c0f28e9bda429b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d92c719c3c94f6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15d2242ab68b4b80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c0f28e9bda429b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f910eaad00e400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d92c719c3c94f6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Hydrogen Economy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00053WDH64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,267</x:t>
-[...70 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,283</x:t>
-[...134 lines deleted...]
-          <x:t>3,352</x:t>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,301</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>3,246</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>