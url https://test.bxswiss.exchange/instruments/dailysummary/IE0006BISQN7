--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d4210d6ec5d4d08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0ffea8dc78346f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a132d1baab4ca1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R188849a80d7841ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabfaca26c27f4be5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a132d1baab4ca1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4cd56038b594e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R188849a80d7841ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L&amp;G Multi-Strategy Enhanced Commodities UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006BISQN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,863</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>9,867</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>