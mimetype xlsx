--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9b26a8e3aec4656" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0874d1e353064ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9cca58790ca4e7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R694364c92d7f487a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4cd1f40cb74ffa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9cca58790ca4e7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2eb67ae58f34922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R694364c92d7f487a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Innovation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006FFX5U1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>40,332</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,664</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>41,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>