--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0874d1e353064ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra985219f5a604527" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R694364c92d7f487a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a94afe28f8f4f60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2eb67ae58f34922" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R694364c92d7f487a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd221a06d6bdd49e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a94afe28f8f4f60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers MSCI Innovation UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0006FFX5U1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>39,862</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,939</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...305 lines deleted...]
-          <x:t>41,613</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,132</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>04.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,521</x:t>
-[...198 lines deleted...]
-          <x:t>41,363</x:t>
+          <x:t>41,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>