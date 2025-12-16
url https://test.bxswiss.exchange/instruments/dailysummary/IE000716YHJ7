--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc21e5df8624481" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2623308b54b94e8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd89f5e8c89364bbd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ea876b2408d436d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34566474e47846f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd89f5e8c89364bbd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R080596974a624a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ea876b2408d436d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco FTSE All-World UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000716YHJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>6,358</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,335</x:t>
-[...355 lines deleted...]
-          <x:t>6,430</x:t>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>