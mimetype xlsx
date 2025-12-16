--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7b365d65ba4ab1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a5f70c769f4f7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7581e18ea5af4014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcc584376fca496d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R202c6b018c354a64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7581e18ea5af4014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f66085f1bba4cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcc584376fca496d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Superdividend UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00077FRP95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,856</x:t>
-[...576 lines deleted...]
-          <x:t>7,774</x:t>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>