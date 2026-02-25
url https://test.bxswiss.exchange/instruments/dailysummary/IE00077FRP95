--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40a5f70c769f4f7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9ea579f716d4c76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcc584376fca496d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfe0bb2fea9a42c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f66085f1bba4cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcc584376fca496d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf075f1061c0455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfe0bb2fea9a42c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Superdividend UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00077FRP95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,902</x:t>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>7,913</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,959</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>7,929</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,880</x:t>
-[...463 lines deleted...]
-          <x:t>7,892</x:t>
+          <x:t>8,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>