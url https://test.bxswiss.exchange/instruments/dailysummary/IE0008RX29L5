--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1228efae76462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ac757cb6684a24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1de1767742ae488d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a30dc5cea8641f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7629672d05cb4e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1de1767742ae488d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941676916ba14fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a30dc5cea8641f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Wind Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008RX29L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>4,494</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>