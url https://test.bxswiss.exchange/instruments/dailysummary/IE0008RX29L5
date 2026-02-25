--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ac757cb6684a24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8091f3e84edd4c03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a30dc5cea8641f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R143b775c2e4546a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941676916ba14fb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a30dc5cea8641f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9964f3ef994219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R143b775c2e4546a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Wind Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0008RX29L5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,679</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>4,712</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,654</x:t>
-[...205 lines deleted...]
-          <x:t>4,709</x:t>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,738</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>4,741</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,697</x:t>
-[...48 lines deleted...]
-          <x:t>4,846</x:t>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,821</x:t>
-[...43 lines deleted...]
-          <x:t>4,855</x:t>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,837</x:t>
-[...107 lines deleted...]
-          <x:t>4,810</x:t>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>