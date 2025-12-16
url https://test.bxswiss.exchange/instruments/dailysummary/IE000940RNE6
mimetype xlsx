--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb583288fd7714809" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37820b5c01848e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05308072ac6048ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re81b5ce9d9da4005"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23778e7cc2f849ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05308072ac6048ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe102e3e0e014c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re81b5ce9d9da4005" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Blockchain UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000940RNE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>46,761</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,368</x:t>
-[...382 lines deleted...]
-          <x:t>51,537</x:t>
+          <x:t>47,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>