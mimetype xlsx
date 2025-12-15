--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R333987913a7c4a58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6eb14c98a40647f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb40ceb9cba5422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabf30161ff8c4a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43dc601611554288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb40ceb9cba5422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdde904c0470e4cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabf30161ff8c4a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X China Electric Vehicle &amp; Battery UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00094FRAA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>25,059</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,398</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>