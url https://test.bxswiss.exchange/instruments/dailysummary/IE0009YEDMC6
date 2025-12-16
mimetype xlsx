--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4c1df50f76e4e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9398b9a36d4d20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03dc331c441e463a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f47c94bc144213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c0265a6618e412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03dc331c441e463a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68de77b864284c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f47c94bc144213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC FTSE EPRA NAREIT Developed UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0009YEDMC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>21,604</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,653</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>21,920</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,857</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>21,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,010</x:t>
-[...43 lines deleted...]
-          <x:t>22,000</x:t>
+          <x:t>21,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,888</x:t>
-[...188 lines deleted...]
-          <x:t>22,135</x:t>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>