--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd9398b9a36d4d20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1e0630bb5c9447c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f47c94bc144213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5288b7cd690b47e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68de77b864284c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f47c94bc144213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree1c6b0b2e9c457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5288b7cd690b47e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HSBC FTSE EPRA NAREIT Developed UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE0009YEDMC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>22,128</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,008</x:t>
-[...301 lines deleted...]
-          <x:t>21,743</x:t>
+          <x:t>21,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>