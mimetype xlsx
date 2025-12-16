--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c653bd7a9148c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a12e4f6ec694da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5eec7cd29e54cf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf6ce8778aa14e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6427fb237d548e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5eec7cd29e54cf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Recae5fb968e148d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf6ce8778aa14e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ-100 ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000COQKPO9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>57,192</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,376</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>