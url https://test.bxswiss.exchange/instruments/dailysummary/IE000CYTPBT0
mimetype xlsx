--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d4979a4b8ee46d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29757b6e8ad4d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcafc21fa8e00468c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d69405529e543f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9375fd7c430142d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcafc21fa8e00468c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c159691eef84b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d69405529e543f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Bloomberg Commodity Carbon Tilted UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000CYTPBT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>4,495</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>