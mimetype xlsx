--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd29757b6e8ad4d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra33be9ccf0764485" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d69405529e543f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra813393a007d4f3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c159691eef84b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d69405529e543f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31232e5989764f9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra813393a007d4f3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Bloomberg Commodity Carbon Tilted UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000CYTPBT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>4,742</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,711</x:t>
-[...26 lines deleted...]
-          <x:t>4,747</x:t>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,803</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>4,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,861</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>4,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>