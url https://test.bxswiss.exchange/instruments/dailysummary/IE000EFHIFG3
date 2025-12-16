--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d04a9d37d9c432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda298ed64b014272" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4d302e33a834321"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16643689bd24b92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f24ae1a7a8d44d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4d302e33a834321" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016ec3a2d9e54048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16643689bd24b92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Amundi S&amp;P Global Communication Services ESG UCITS ETF DR - EUR (A) Acc</x:t>
+          <x:t>Amundi S&amp;P World Communication Services Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000EFHIFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>22,729</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,912</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>23,755</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,796</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>23,524</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,652</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,487</x:t>
-[...36 lines deleted...]
-          <x:t>23,152</x:t>
+          <x:t>23,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>