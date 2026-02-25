--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda298ed64b014272" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R705cd0c0e15c4978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16643689bd24b92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30931e8e66c84c9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R016ec3a2d9e54048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16643689bd24b92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb601eb75c37849e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30931e8e66c84c9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Communication Services Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000EFHIFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>23,604</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,077</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>23,867</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,585</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>23,264</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>