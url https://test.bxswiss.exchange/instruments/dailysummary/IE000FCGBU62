--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra197a558be854528" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98ed08d9adb04304" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra50dd230374d41ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6021807c0f4b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f93ff9568484d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra50dd230374d41ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70239480e81f4a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6021807c0f4b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Amundi S&amp;P Global Materials ESG UCITS ETF DR - EUR (A)</x:t>
+          <x:t>Amundi S&amp;P World Materials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FCGBU62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>14,227</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,157</x:t>
-[...65 lines deleted...]
-          <x:t>14,494</x:t>
+          <x:t>14,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,309</x:t>
-[...70 lines deleted...]
-          <x:t>14,568</x:t>
+          <x:t>14,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,448</x:t>
-[...355 lines deleted...]
-          <x:t>14,621</x:t>
+          <x:t>14,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>