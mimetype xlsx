--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re54a22cca20b4082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2183b45f8d34fda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d6c120989c42f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895cdbfb59d74a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0b7e0f73dc84c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d6c120989c42f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff7ac53fd1c2429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895cdbfb59d74a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Disruptive Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FP52WM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>15,735</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>