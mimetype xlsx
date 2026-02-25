--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2183b45f8d34fda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f2dac295c7342fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R895cdbfb59d74a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R792621aae5084c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff7ac53fd1c2429e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R895cdbfb59d74a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raea8ea6d58c64231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R792621aae5084c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Disruptive Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FP52WM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>16,629</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,537</x:t>
-[...247 lines deleted...]
-          <x:t>16,973</x:t>
+          <x:t>17,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>