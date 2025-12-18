--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00feab5d78b64bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfa522f593f46b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5eaf25a817c494a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a4f486c65d94a42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3a5d4a76f845ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5eaf25a817c494a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62cf77c851da4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a4f486c65d94a42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Innovation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GA3D489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>6,208</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,236</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>6,324</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,343</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>6,541</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,455</x:t>
-[...301 lines deleted...]
-          <x:t>7,012</x:t>
+          <x:t>6,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>