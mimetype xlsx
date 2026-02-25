--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdfa522f593f46b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27c92fd26ca6495d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a4f486c65d94a42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra27a3a8589484c17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62cf77c851da4585" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a4f486c65d94a42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f0c200a229d4055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra27a3a8589484c17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Innovation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GA3D489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>6,533</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,530</x:t>
-[...134 lines deleted...]
-          <x:t>6,838</x:t>
+          <x:t>6,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,973</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>6,591</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>