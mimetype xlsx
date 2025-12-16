--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26472373df514fbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a51eefead049d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a9270a29d6c4b24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R029c0b44f39f416e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R897aea05b2ed42f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a9270a29d6c4b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e02ba6a12864322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R029c0b44f39f416e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Annual Tail Hedge UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000HGH8PV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>14,701</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,635</x:t>
-[...517 lines deleted...]
-          <x:t>14,822</x:t>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>