--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a51eefead049d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c72144366684967" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R029c0b44f39f416e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1312e041693245cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e02ba6a12864322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R029c0b44f39f416e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reebf78d3ad254ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1312e041693245cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Annual Tail Hedge UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000HGH8PV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>14,831</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>15,104</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,157</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>15,181</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,164</x:t>
-[...247 lines deleted...]
-          <x:t>15,084</x:t>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>