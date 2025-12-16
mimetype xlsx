--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b535c54470948d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1994ae4a85df4d82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9613c448019740da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4444133810294f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re65df84a099e4a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9613c448019740da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00d09308fa9140f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4444133810294f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Global Semiconductors UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000I8KRLL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>7,773</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>