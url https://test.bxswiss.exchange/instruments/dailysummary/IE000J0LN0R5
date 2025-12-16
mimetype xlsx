--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e57b4fc036f409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a530e0d3b24533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3caff1d89864c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58fe87687aee48d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91ccf4b0d8d34ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3caff1d89864c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0fed22066f04c10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58fe87687aee48d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Amundi S&amp;P Global Energy Carbon Reduced UCITS ETF DR - EUR (A)</x:t>
+          <x:t>Amundi S&amp;P World Energy Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000J0LN0R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>12,819</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,914</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>12,994</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,193</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,321</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,105</x:t>
-[...58 lines deleted...]
-          <x:t>13,023</x:t>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>