--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb833f66dc8e441c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31a6c57983d24363" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbf4b16db7b4b35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a78c9023374b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ad0ce95d4547da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbf4b16db7b4b35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99f44f17f7154bff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a78c9023374b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Wind Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JNHCBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...539 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>8,304</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,494</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>8,439</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>