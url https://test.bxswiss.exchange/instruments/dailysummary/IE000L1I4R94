--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d61ce666a8c4af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re94fb937dc9d46ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3bb20570b1a4fd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6082c314ec4f93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeba4e1c2b84424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3bb20570b1a4fd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699ba9ab7ca24330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6082c314ec4f93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Tabula GCC Sovereign USD Bonds UCITS ETF (USD) Acc</x:t>
+          <x:t>Janus Henderson GCC Sovereign USD Bond Core UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L1I4R94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>11,632</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,657</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>11,603</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,593</x:t>
-[...151 lines deleted...]
-          <x:t>11,585</x:t>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,580</x:t>
-[...4 lines deleted...]
-          <x:t>11,634</x:t>
+          <x:t>11,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>