--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re94fb937dc9d46ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6158f41d13f14f6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red6082c314ec4f93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ee70bc1f414656"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R699ba9ab7ca24330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red6082c314ec4f93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf673d11cd944782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ee70bc1f414656" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson GCC Sovereign USD Bond Core UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L1I4R94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,722</x:t>
-[...124 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,721</x:t>
-[...188 lines deleted...]
-          <x:t>11,706</x:t>
+          <x:t>11,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,687</x:t>
-[...205 lines deleted...]
-          <x:t>11,687</x:t>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,660</x:t>
-[...26 lines deleted...]
-          <x:t>11,680</x:t>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>