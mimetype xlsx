--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ca826dd8dde44fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821581e8b43841a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f06f67f6a94595"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98fe83a995a14c22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91ff349662884602" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f06f67f6a94595" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b16f039ae64ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98fe83a995a14c22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L2SA8K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>5,285</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,222</x:t>
-[...107 lines deleted...]
-          <x:t>5,227</x:t>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,259</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>5,328</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...167 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,459</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>5,486</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>