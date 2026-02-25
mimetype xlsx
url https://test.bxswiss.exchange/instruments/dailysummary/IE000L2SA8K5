--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821581e8b43841a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2bf74c2ad404610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98fe83a995a14c22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566c0b57a86244db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b16f039ae64ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98fe83a995a14c22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaff4c6f851a4c22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566c0b57a86244db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L2SA8K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,517</x:t>
-[...48 lines deleted...]
-          <x:t>5,490</x:t>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,476</x:t>
-[...48 lines deleted...]
-          <x:t>5,589</x:t>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,582</x:t>
-[...11 lines deleted...]
-          <x:t>5,617</x:t>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,569</x:t>
-[...193 lines deleted...]
-          <x:t>5,557</x:t>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>