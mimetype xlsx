--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f83ee78f6ed445b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344f2d301eb04436" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a48736ecff24f59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05b30b5795a34515"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11ceed278b074d0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a48736ecff24f59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R433a2be0e1294ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05b30b5795a34515" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Health Care ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L4EH2K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>4,634</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>