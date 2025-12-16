--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R941361b6b062475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R290374df9577433c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17de49cae9944e3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f06dc1925b4ab9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R603145b19c3a464c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17de49cae9944e3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a97f99713d4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f06dc1925b4ab9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Quarterly Buffer UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LSRKCB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>16,909</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,878</x:t>
-[...480 lines deleted...]
-          <x:t>17,057</x:t>
+          <x:t>17,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,007</x:t>
-[...26 lines deleted...]
-          <x:t>17,030</x:t>
+          <x:t>17,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>