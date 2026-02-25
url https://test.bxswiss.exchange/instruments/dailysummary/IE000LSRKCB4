--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R290374df9577433c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2de64ea9581497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f06dc1925b4ab9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eebc4d3973e4f92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0a97f99713d4126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f06dc1925b4ab9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be8f2bc6eb549ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eebc4d3973e4f92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Quarterly Buffer UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LSRKCB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>17,344</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,264</x:t>
-[...269 lines deleted...]
-          <x:t>17,313</x:t>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,479</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,481</x:t>
-[...85 lines deleted...]
-          <x:t>17,368</x:t>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>