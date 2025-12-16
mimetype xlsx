--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R401e4e8f72a048fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba4a182e2504fae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fa92df76e684b70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f40fafe2c61493f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d171f22ea00417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fa92df76e684b70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1965059d95d64157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f40fafe2c61493f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P 500 Equal Weight UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000MLMNYS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,414</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,405</x:t>
-[...11 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,432</x:t>
-[...576 lines deleted...]
-          <x:t>5,461</x:t>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>