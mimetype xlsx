--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba4a182e2504fae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra15acce74f91456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f40fafe2c61493f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd868c87b2564501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1965059d95d64157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f40fafe2c61493f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raebb0a08605d4e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd868c87b2564501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P 500 Equal Weight UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000MLMNYS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,496</x:t>
-[...21 lines deleted...]
-          <x:t>5,532</x:t>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,516</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>5,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,483</x:t>
+          <x:t>5,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,531</x:t>
-[...252 lines deleted...]
-          <x:t>5,547</x:t>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>