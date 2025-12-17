--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04d099e922674ac9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9db44d882f4572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8314c52c493a4771"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5eff3c5ec604284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ba016172314069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8314c52c493a4771" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab7698b35ece448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5eff3c5ec604284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NDWFGA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>19,577</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,283</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>22,850</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>