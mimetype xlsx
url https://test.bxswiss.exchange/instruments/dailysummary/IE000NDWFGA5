--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9db44d882f4572" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4a6b11f3ad4804" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5eff3c5ec604284"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f2ec9861b4d4d2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab7698b35ece448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5eff3c5ec604284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb70621e47e14185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f2ec9861b4d4d2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NDWFGA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>