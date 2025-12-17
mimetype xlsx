--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46109871e09f49ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc1287a8c8b4298" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2adefa1a73044fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c6702d4634c4b91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,704 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1994c7ecdcab4f0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2adefa1a73044fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc9c576f57e4d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c6702d4634c4b91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>Amundi S&amp;P Global Consumer Discretionary ESG UCITS ETF DR - EUR (A)</x:t>
+          <x:t>Amundi S&amp;P World Consumer Discretionary Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NM0ALX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>15,334</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,487</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>15,824</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,720</x:t>
-[...48 lines deleted...]
-          <x:t>15,656</x:t>
+          <x:t>15,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>15,544</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,604</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>15,610</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>