--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc1287a8c8b4298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b94e18d56f14c23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c6702d4634c4b91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd963d7d7b81240d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc9c576f57e4d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c6702d4634c4b91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4e6f9a4fcb64d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd963d7d7b81240d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Consumer Discretionary Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NM0ALX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...490 lines deleted...]
-          <x:t>15,604</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,578</x:t>
-[...80 lines deleted...]
-          <x:t>15,734</x:t>
+          <x:t>15,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>