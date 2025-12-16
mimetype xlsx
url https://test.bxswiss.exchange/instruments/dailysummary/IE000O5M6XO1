--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f81d303eda4e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R308fee2429c34c82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac203e822f344f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef7b6d7437c4cc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R532b4f6e070c4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac203e822f344f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1a087a51c604392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef7b6d7437c4cc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Genomic Revolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O5M6XO1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,044</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>4,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,034</x:t>
-[...31 lines deleted...]
-          <x:t>4,280</x:t>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>