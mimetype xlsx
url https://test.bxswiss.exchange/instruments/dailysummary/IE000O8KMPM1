--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a7385902510442f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fcbe6230f5e41bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65587b39a4064ad8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58795ed29e5c4571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c98b0a32cf14754" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65587b39a4064ad8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2e909c8e0f848c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58795ed29e5c4571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree BioRevolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O8KMPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>13,568</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>