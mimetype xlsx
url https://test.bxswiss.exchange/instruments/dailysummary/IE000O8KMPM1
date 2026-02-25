--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fcbe6230f5e41bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5234176e265c4ed7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58795ed29e5c4571"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d45fed6cb134753"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2e909c8e0f848c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58795ed29e5c4571" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6a605e85bff49cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d45fed6cb134753" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree BioRevolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O8KMPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>15,022</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,788</x:t>
-[...156 lines deleted...]
-          <x:t>15,572</x:t>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,328</x:t>
-[...141 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,273</x:t>
-[...9 lines deleted...]
-          <x:t>15,181</x:t>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>