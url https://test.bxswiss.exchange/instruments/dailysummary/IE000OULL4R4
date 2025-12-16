--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ecbd97427a4533" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc876e805a9c048a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fad06cc55874658"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fbfd2bee58a4e85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra47fe4170de14796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fad06cc55874658" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b40c45ab74446a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fbfd2bee58a4e85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA NSL UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OULL4R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>211,257</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>