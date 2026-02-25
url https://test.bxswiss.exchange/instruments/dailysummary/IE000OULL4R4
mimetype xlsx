--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc876e805a9c048a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9264245253141a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fbfd2bee58a4e85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e01e81280434080"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b40c45ab74446a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fbfd2bee58a4e85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc844a9bd72384995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e01e81280434080" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA NSL UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OULL4R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>