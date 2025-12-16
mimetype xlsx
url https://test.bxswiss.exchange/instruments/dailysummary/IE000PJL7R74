--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc156e43ab00490d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6f559fe423d493c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbedb53bc5114a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9b7847d35674419"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a6a17c9a5624e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbedb53bc5114a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R126dc5b912604221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9b7847d35674419" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI EM ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PJL7R74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>4,066</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,047</x:t>
-[...11 lines deleted...]
-          <x:t>4,060</x:t>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,030</x:t>
-[...43 lines deleted...]
-          <x:t>4,058</x:t>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,020</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>4,117</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>4,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>