--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6f559fe423d493c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d9f0176b444cbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9b7847d35674419"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79294cb5d8ce411e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R126dc5b912604221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9b7847d35674419" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e17f06263444b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79294cb5d8ce411e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI EM ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PJL7R74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,204</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,104</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,123</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>4,126</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>09.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,177</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>4,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,160</x:t>
-[...9 lines deleted...]
-          <x:t>4,117</x:t>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>