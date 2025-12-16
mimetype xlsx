--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb97a9e222bfc4fea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7720dd49cd3242c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03d437093e5b44ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R421e63bcab734420"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f596e3c571a4c5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03d437093e5b44ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85811f3747f4599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R421e63bcab734420" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDGs UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PSF3A70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,152</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>23.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,464</x:t>
-[...112 lines deleted...]
-          <x:t>26,104</x:t>
+          <x:t>25,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,220</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>26,733</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>