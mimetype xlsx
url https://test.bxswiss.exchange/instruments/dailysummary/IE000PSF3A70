--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7720dd49cd3242c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13ad5b9f3a474e22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R421e63bcab734420"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9be9c81d2aec48c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re85811f3747f4599" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R421e63bcab734420" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a49b5651d964871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9be9c81d2aec48c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDGs UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PSF3A70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>26,384</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,217</x:t>
-[...16 lines deleted...]
-          <x:t>26,608</x:t>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,549</x:t>
-[...161 lines deleted...]
-          <x:t>26,623</x:t>
+          <x:t>27,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,764</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,856</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>26,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>