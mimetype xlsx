--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c1efc826e784fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c2319fd8dd4e00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc875c6409454154"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1203b299b78c42c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6a1e3e899234766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc875c6409454154" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c5d2e3ad5e483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1203b299b78c42c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RIZE Circular Economy Enablers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RMSPY39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>4,825</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,825</x:t>
-[...70 lines deleted...]
-          <x:t>4,839</x:t>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,783</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,768</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>4,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>