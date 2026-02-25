--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c2319fd8dd4e00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13f735a2beb74788" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1203b299b78c42c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bb29a371f024acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c5d2e3ad5e483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1203b299b78c42c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e3e14ffdc6b4d89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bb29a371f024acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RIZE Circular Economy Enablers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RMSPY39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>4,707</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>4,769</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,759</x:t>
-[...11 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,808</x:t>
-[...171 lines deleted...]
-          <x:t>4,768</x:t>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>