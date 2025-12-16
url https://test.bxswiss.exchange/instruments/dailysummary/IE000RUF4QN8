--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R807075a3d3d2496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3665459b4120412c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c378979caf04b55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9250c6e95bef4743"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710315dbfc5a4fff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c378979caf04b55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b41afffb8e42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9250c6e95bef4743" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RUF4QN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>59,557</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>