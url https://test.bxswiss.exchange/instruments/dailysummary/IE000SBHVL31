--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17710ca2a6774f9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e3392c674f47dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8fd7dbee7774d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R071db91680704690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac171bdf64504ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8fd7dbee7774d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4cd1c049084a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R071db91680704690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AXA IM ACT Biodiversity Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000SBHVL31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>11,676</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,532</x:t>
-[...11 lines deleted...]
-          <x:t>11,553</x:t>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,496</x:t>
-[...463 lines deleted...]
-          <x:t>11,749</x:t>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>