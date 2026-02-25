--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e3392c674f47dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97e9c777e8924e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R071db91680704690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3bd278928894e82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda4cd1c049084a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R071db91680704690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5009acf091514280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3bd278928894e82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AXA IM ACT Biodiversity Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000SBHVL31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,760</x:t>
-[...70 lines deleted...]
-          <x:t>11,878</x:t>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,897</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>11,891</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,830</x:t>
-[...4 lines deleted...]
-          <x:t>11,892</x:t>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>