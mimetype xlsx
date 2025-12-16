--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94750275d01d4a11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb60379a0cfb341b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8ce364af41a41ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba5af755e17d4eae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42b0844a1c08414c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8ce364af41a41ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea5ff902af5c469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba5af755e17d4eae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Silver Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UL6CLP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>26,660</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>