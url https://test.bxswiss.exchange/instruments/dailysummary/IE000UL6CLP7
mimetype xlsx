--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb60379a0cfb341b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf86d1ce0c8024845" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba5af755e17d4eae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3057156cdb64ae0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea5ff902af5c469e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba5af755e17d4eae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfad90bf0f744fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3057156cdb64ae0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Silver Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000UL6CLP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>