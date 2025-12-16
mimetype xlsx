--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R483aa194941c4bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd953b83ae20d4940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75c2ae06b5634a48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a3e4ff963d649e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16d46224d9034590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75c2ae06b5634a48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a5aed744ca74dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a3e4ff963d649e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Solar UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XD7KCJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...554 lines deleted...]
-          <x:t>8,246</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,354</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>8,339</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>