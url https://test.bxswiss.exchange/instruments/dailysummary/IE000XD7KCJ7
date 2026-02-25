--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd953b83ae20d4940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74bd5f6aadc04eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a3e4ff963d649e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92cb50400aca41e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a5aed744ca74dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a3e4ff963d649e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a867157e73d482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92cb50400aca41e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Solar UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XD7KCJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>8,646</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,635</x:t>
-[...87 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,957</x:t>
-[...279 lines deleted...]
-          <x:t>8,632</x:t>
+          <x:t>8,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>