--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8eb0bdebfa14985" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d1a92f304324026" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b9a312a13ef41a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f4401db8ef74e5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0161ed029be472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b9a312a13ef41a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R581cc8f7d10444f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f4401db8ef74e5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P SmallCap 600 ESG UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XLJ2JQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,343</x:t>
-[...576 lines deleted...]
-          <x:t>58,675</x:t>
+          <x:t>59,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>