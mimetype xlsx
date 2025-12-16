--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6d46fa9d104fa2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875812293c504a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64167ed19dcf4005"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec50c670f0ff4f15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2f06ca77b1b491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64167ed19dcf4005" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aee815301a84827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec50c670f0ff4f15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XZSV718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>13,102</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,378</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>