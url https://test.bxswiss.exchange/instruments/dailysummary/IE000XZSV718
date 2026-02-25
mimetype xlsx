--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875812293c504a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd10c28c3b7646e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec50c670f0ff4f15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13282ea9262e4fd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aee815301a84827" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec50c670f0ff4f15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R914031c51f374a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13282ea9262e4fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR S&amp;P 500 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000XZSV718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,238</x:t>
-[...70 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>13,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,436</x:t>
-[...58 lines deleted...]
-          <x:t>13,096</x:t>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,296</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>13,526</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,498</x:t>
-[...188 lines deleted...]
-          <x:t>13,378</x:t>
+          <x:t>13,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,597</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>